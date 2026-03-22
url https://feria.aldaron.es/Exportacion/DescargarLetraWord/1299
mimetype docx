--- v0 (2026-01-23)
+++ v1 (2026-03-22)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbdfd4e1603e44217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R010ecc4455f840f3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:sectPr>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
     </w:sectPr>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Salmarina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>