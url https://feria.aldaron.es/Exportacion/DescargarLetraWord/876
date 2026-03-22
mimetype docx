--- v0 (2026-01-23)
+++ v1 (2026-03-22)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1270cc644e8f4ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69c385e92fa94eaa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:sectPr>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
     </w:sectPr>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Manguara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
@@ -76,107 +76,157 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SENTIR LA LUZ QUE ME DA LA TARDE, VIVIRLA SIEMPRE JUNTO A TU LAO.</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">SENTIR LA MAGIA DE MI SIMPECAO, ESTE MOMENTO QUE NUNCA SE ACABE.</w:t>
+              <w:t xml:space="preserve">SENTIR LA LUZ QUE ME DA LA TARDE, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIVIRLA SIEMPRE JUNTO A TU LAO.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JUNTO A MI PRIMO Y JUNTO A MI COMPADRE, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIVIR CON ELLOS PARA EMOCIONARLES.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SENTIR LA MAGIA DE MI SIMPECAO, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESTE MOMENTO QUE NUNCA SE ACABE.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">QUE SE ME QUEDE POR SIEMPRE GRABAO.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">QUE TIENES HUELVA QUE ME DAS LA VIDA, QUE ARTE MÁS GRANDE CUANDO PEREGRINAS</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">QUE NO SE PUEDE SER MAS ROCIERA, QUE HASTA LA LUNA DE LA MARISMA</w:t>
+              <w:t xml:space="preserve">QUE TIENES HUELVA QUE ME DAS LA VIDA, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUE ARTE MÁS GRANDE CUANDO PEREGRINAS</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUE NO SE PUEDE SER MAS ROCIERA, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUE HASTA LA LUNA DE LA MARISMA</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">SE VE NERVIOSA CUANDO TÚ LLEGAS.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LAS EMOCIONES QUE ME DA MI TIERRA</w:t>
             </w:r>
@@ -241,107 +291,157 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">II</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">PARA DECIRTE CUANTO TE QUIERO, ESTE MOMENTO LO DISFRUTARÉ.</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">EL MANANTIAL QUE APAGARA MI SED. A LA QUE NUNCA BUSCO Y SIEMPRE ENCUENTRO,</w:t>
+              <w:t xml:space="preserve">PARA DECIRTE CUANTO TE QUIERO, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESTE MOMENTO LO DISFRUTARÉ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUE ERES EL SOL QUE ALUMBRA ESTE SENDERO, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LA LUNA LLENA QUE OCUPA MI CIELO,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EL MANANTIAL QUE APAGARA MI SED. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A LA QUE NUNCA BUSCO Y SIEMPRE ENCUENTRO,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">PORQUE MI ALMA RESPIRA TU FE.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LA MAR EN CALMA DE MIS DEVOCIONES, QUE AQUÍ NAVEGAN TODOS MIS AMORES,</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">VOY A TU PUERTO PARA DESCANSAR. AQUÍ CONFIESO TODOS MIS ERRORES,</w:t>
+              <w:t xml:space="preserve">LA MAR EN CALMA DE MIS DEVOCIONES, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUE AQUÍ NAVEGAN TODOS MIS AMORES,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VOY A TU PUERTO PARA DESCANSAR. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AQUÍ CONFIESO TODOS MIS ERRORES,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">SIN ELLA UN DÍA ES UNA ETERNIDAD.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Y AUNQUE MI PELO SE VISTA DE CANAS,</w:t>
             </w:r>
@@ -753,51 +853,62 @@
               </w:rPr>
               <w:t xml:space="preserve">QUE TRAIGA UNA BRISA DE ESPERANZA</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Y AROMAS NUEVOS LLENOS DE AMORES.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SENTRAÑAS MÍAS EMPEZARAS DE NUEVO, AUNQUE NO EXISTA EN EL MUNDO ENTERO</w:t>
+              <w:t xml:space="preserve">SENTRAÑAS MÍAS EMPEZARAS DE NUEVO, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AUNQUE NO EXISTA EN EL MUNDO ENTERO</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NADIE QUE TE INUNDE DE ALEGRÍA.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">DESDE HUELVA VA UN TE QUIERO</w:t>
             </w:r>
             <w:r>
               <w:br/>